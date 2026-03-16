--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -108,63 +108,63 @@
   <si>
     <t>BC Wiesbaden 2000 e.V.</t>
   </si>
   <si>
     <t>5:1</t>
   </si>
   <si>
     <t>Hofgeismar Snooker Club e.V.</t>
   </si>
   <si>
     <t>1:5</t>
   </si>
   <si>
     <t>26.10.2025 10:30</t>
   </si>
   <si>
     <t>6:0</t>
   </si>
   <si>
     <t>3:3</t>
   </si>
   <si>
     <t>07.12.2025 10:30</t>
   </si>
   <si>
+    <t>11.01.2026 10:30</t>
+  </si>
+  <si>
+    <t>01.02.2026 10:30</t>
+  </si>
+  <si>
+    <t>15.02.2026 10:30</t>
+  </si>
+  <si>
+    <t>19.04.2026 10:30</t>
+  </si>
+  <si>
     <t>0:0</t>
-  </si>
-[...10 lines deleted...]
-    <t>19.04.2026 10:30</t>
   </si>
   <si>
     <t>17.05.2026 10:30</t>
   </si>
   <si>
     <t>31.05.2026 10:30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -770,488 +770,488 @@
       </c>
       <c r="E11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1">
         <v>4</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="1">
         <v>2510402</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1">
         <v>4</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="1">
         <v>2510403</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1">
         <v>5</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>2510501</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1">
         <v>5</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C15" s="1">
         <v>2510502</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1">
         <v>5</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C16" s="1">
         <v>2510503</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1">
         <v>6</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C17" s="1">
         <v>2510601</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1">
         <v>6</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C18" s="1">
         <v>2510602</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1">
         <v>6</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C19" s="1">
         <v>2510603</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1">
         <v>7</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C20" s="1">
         <v>2510701</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1">
         <v>7</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C21" s="1">
         <v>2510702</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1">
         <v>7</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C22" s="1">
         <v>2510703</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1">
         <v>8</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C23" s="1">
         <v>2510801</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1">
         <v>8</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C24" s="1">
         <v>2510802</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1">
         <v>8</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C25" s="1">
         <v>2510803</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1">
         <v>9</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="1">
         <v>2510901</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1">
         <v>9</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="1">
         <v>2510902</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1">
         <v>9</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="1">
         <v>2510903</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1">
         <v>10</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="1">
         <v>2511001</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1">
         <v>10</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C30" s="1">
         <v>2511002</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1">
         <v>10</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="1">
         <v>2511003</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>