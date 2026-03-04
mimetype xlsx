--- v0 (2025-11-04)
+++ v1 (2026-03-04)
@@ -34,51 +34,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="KL 81" sheetId="1" r:id="rId4"/>
     <sheet name="KL 82" sheetId="2" r:id="rId5"/>
     <sheet name="KL 83" sheetId="3" r:id="rId6"/>
     <sheet name="VL 52" sheetId="4" r:id="rId7"/>
     <sheet name="VL 51" sheetId="5" r:id="rId8"/>
     <sheet name="OL 41" sheetId="6" r:id="rId9"/>
     <sheet name="LL 61" sheetId="7" r:id="rId10"/>
     <sheet name="LL 62" sheetId="8" r:id="rId11"/>
     <sheet name="BL 71" sheetId="9" r:id="rId12"/>
     <sheet name="BL 73" sheetId="10" r:id="rId13"/>
     <sheet name="BL 72" sheetId="11" r:id="rId14"/>
     <sheet name="KL 84" sheetId="12" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="843">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="841">
   <si>
     <t xml:space="preserve">#
 </t>
   </si>
   <si>
     <t xml:space="preserve">Name
 </t>
   </si>
   <si>
     <t xml:space="preserve">Mannschaft
 </t>
   </si>
   <si>
     <t xml:space="preserve">Gsp
 </t>
   </si>
   <si>
     <t xml:space="preserve">G.
 </t>
   </si>
   <si>
     <t xml:space="preserve">V.
 </t>
   </si>
   <si>
@@ -1151,60 +1151,54 @@
   <si>
     <t>6,25 %</t>
   </si>
   <si>
     <t>Corina Domke</t>
   </si>
   <si>
     <t>Vedran Loncar</t>
   </si>
   <si>
     <t>TuS Makkabi Frankfurt  e.V. 2</t>
   </si>
   <si>
     <t>Robin Wieland</t>
   </si>
   <si>
     <t>PBC Ronshausen 2</t>
   </si>
   <si>
     <t>Jozo Martic</t>
   </si>
   <si>
     <t>Mark Majlat</t>
   </si>
   <si>
-    <t>Christos Stamatoukos</t>
+    <t>Christian Fachinger</t>
   </si>
   <si>
     <t>PBV Limburg e. V. 1</t>
-  </si>
-[...4 lines deleted...]
-    <t>Christian Fachinger</t>
   </si>
   <si>
     <t>73,08 %</t>
   </si>
   <si>
     <t>Andreas Klauser</t>
   </si>
   <si>
     <t>1. PBC Bad Wildungen 1</t>
   </si>
   <si>
     <t>Dragan Gesovic-König</t>
   </si>
   <si>
     <t>Dirk Czakert</t>
   </si>
   <si>
     <t>Dominique Stotz</t>
   </si>
   <si>
     <t>68,00 %</t>
   </si>
   <si>
     <t>Rudolf Breßler</t>
   </si>
@@ -4726,1198 +4720,1198 @@
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D2" s="1">
         <v>25</v>
       </c>
       <c r="E2" s="1">
         <v>24</v>
       </c>
       <c r="F2" s="1">
         <v>1</v>
       </c>
       <c r="G2" s="1">
         <v>0</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D3" s="1">
         <v>22</v>
       </c>
       <c r="E3" s="1">
         <v>20</v>
       </c>
       <c r="F3" s="1">
         <v>2</v>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="D4" s="1">
         <v>28</v>
       </c>
       <c r="E4" s="1">
         <v>25</v>
       </c>
       <c r="F4" s="1">
         <v>3</v>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="D5" s="1">
         <v>24</v>
       </c>
       <c r="E5" s="1">
         <v>20</v>
       </c>
       <c r="F5" s="1">
         <v>4</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="D6" s="1">
         <v>22</v>
       </c>
       <c r="E6" s="1">
         <v>16</v>
       </c>
       <c r="F6" s="1">
         <v>6</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D7" s="1">
         <v>21</v>
       </c>
       <c r="E7" s="1">
         <v>15</v>
       </c>
       <c r="F7" s="1">
         <v>6</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="D8" s="1">
         <v>24</v>
       </c>
       <c r="E8" s="1">
         <v>17</v>
       </c>
       <c r="F8" s="1">
         <v>7</v>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D9" s="1">
         <v>28</v>
       </c>
       <c r="E9" s="1">
         <v>19</v>
       </c>
       <c r="F9" s="1">
         <v>9</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="D10" s="1">
         <v>24</v>
       </c>
       <c r="E10" s="1">
         <v>16</v>
       </c>
       <c r="F10" s="1">
         <v>8</v>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="D11" s="1">
         <v>25</v>
       </c>
       <c r="E11" s="1">
         <v>16</v>
       </c>
       <c r="F11" s="1">
         <v>9</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="D12" s="1">
         <v>28</v>
       </c>
       <c r="E12" s="1">
         <v>17</v>
       </c>
       <c r="F12" s="1">
         <v>11</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="D13" s="1">
         <v>28</v>
       </c>
       <c r="E13" s="1">
         <v>16</v>
       </c>
       <c r="F13" s="1">
         <v>11</v>
       </c>
       <c r="G13" s="1">
         <v>1</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="D14" s="1">
         <v>22</v>
       </c>
       <c r="E14" s="1">
         <v>13</v>
       </c>
       <c r="F14" s="1">
         <v>9</v>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="D15" s="1">
         <v>22</v>
       </c>
       <c r="E15" s="1">
         <v>12</v>
       </c>
       <c r="F15" s="1">
         <v>10</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="D16" s="1">
         <v>26</v>
       </c>
       <c r="E16" s="1">
         <v>14</v>
       </c>
       <c r="F16" s="1">
         <v>12</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="D17" s="1">
         <v>24</v>
       </c>
       <c r="E17" s="1">
         <v>12</v>
       </c>
       <c r="F17" s="1">
         <v>12</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="D18" s="1">
         <v>22</v>
       </c>
       <c r="E18" s="1">
         <v>11</v>
       </c>
       <c r="F18" s="1">
         <v>11</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D19" s="1">
         <v>20</v>
       </c>
       <c r="E19" s="1">
         <v>10</v>
       </c>
       <c r="F19" s="1">
         <v>10</v>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="D20" s="1">
         <v>23</v>
       </c>
       <c r="E20" s="1">
         <v>11</v>
       </c>
       <c r="F20" s="1">
         <v>12</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="D21" s="1">
         <v>26</v>
       </c>
       <c r="E21" s="1">
         <v>12</v>
       </c>
       <c r="F21" s="1">
         <v>14</v>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="D22" s="1">
         <v>28</v>
       </c>
       <c r="E22" s="1">
         <v>12</v>
       </c>
       <c r="F22" s="1">
         <v>16</v>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="D23" s="1">
         <v>24</v>
       </c>
       <c r="E23" s="1">
         <v>10</v>
       </c>
       <c r="F23" s="1">
         <v>14</v>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="D24" s="1">
         <v>26</v>
       </c>
       <c r="E24" s="1">
         <v>10</v>
       </c>
       <c r="F24" s="1">
         <v>16</v>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D25" s="1">
         <v>21</v>
       </c>
       <c r="E25" s="1">
         <v>8</v>
       </c>
       <c r="F25" s="1">
         <v>13</v>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="D26" s="1">
         <v>28</v>
       </c>
       <c r="E26" s="1">
         <v>10</v>
       </c>
       <c r="F26" s="1">
         <v>18</v>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="D27" s="1">
         <v>14</v>
       </c>
       <c r="E27" s="1">
         <v>4</v>
       </c>
       <c r="F27" s="1">
         <v>10</v>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D28" s="1">
         <v>14</v>
       </c>
       <c r="E28" s="1">
         <v>4</v>
       </c>
       <c r="F28" s="1">
         <v>10</v>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="D29" s="1">
         <v>19</v>
       </c>
       <c r="E29" s="1">
         <v>5</v>
       </c>
       <c r="F29" s="1">
         <v>14</v>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="D30" s="1">
         <v>24</v>
       </c>
       <c r="E30" s="1">
         <v>6</v>
       </c>
       <c r="F30" s="1">
         <v>18</v>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="D31" s="1">
         <v>22</v>
       </c>
       <c r="E31" s="1">
         <v>5</v>
       </c>
       <c r="F31" s="1">
         <v>17</v>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D32" s="1">
         <v>15</v>
       </c>
       <c r="E32" s="1">
         <v>3</v>
       </c>
       <c r="F32" s="1">
         <v>12</v>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D33" s="1">
         <v>14</v>
       </c>
       <c r="E33" s="1">
         <v>2</v>
       </c>
       <c r="F33" s="1">
         <v>12</v>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="D34" s="1">
         <v>8</v>
       </c>
       <c r="E34" s="1">
         <v>6</v>
       </c>
       <c r="F34" s="1">
         <v>2</v>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D35" s="1">
         <v>3</v>
       </c>
       <c r="E35" s="1">
         <v>2</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="D36" s="1">
         <v>5</v>
       </c>
       <c r="E36" s="1">
         <v>3</v>
       </c>
       <c r="F36" s="1">
         <v>2</v>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="D37" s="1">
         <v>4</v>
       </c>
       <c r="E37" s="1">
         <v>2</v>
       </c>
       <c r="F37" s="1">
         <v>2</v>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D38" s="1">
         <v>2</v>
       </c>
       <c r="E38" s="1">
         <v>1</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="D39" s="1">
         <v>7</v>
       </c>
       <c r="E39" s="1">
         <v>2</v>
       </c>
       <c r="F39" s="1">
         <v>5</v>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="D40" s="1">
         <v>9</v>
       </c>
       <c r="E40" s="1">
         <v>2</v>
       </c>
       <c r="F40" s="1">
         <v>7</v>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D41" s="1">
         <v>10</v>
       </c>
       <c r="E41" s="1">
         <v>2</v>
       </c>
       <c r="F41" s="1">
         <v>8</v>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="D42" s="1">
         <v>10</v>
       </c>
       <c r="E42" s="1">
         <v>2</v>
       </c>
       <c r="F42" s="1">
         <v>8</v>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D43" s="1">
         <v>11</v>
       </c>
       <c r="E43" s="1">
         <v>1</v>
       </c>
       <c r="F43" s="1">
         <v>10</v>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D44" s="1">
         <v>3</v>
       </c>
       <c r="E44" s="1">
         <v>0</v>
       </c>
       <c r="F44" s="1">
         <v>3</v>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D45" s="1">
         <v>3</v>
       </c>
       <c r="E45" s="1">
         <v>0</v>
       </c>
       <c r="F45" s="1">
         <v>3</v>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D46" s="1">
         <v>8</v>
       </c>
       <c r="E46" s="1">
         <v>0</v>
       </c>
       <c r="F46" s="1">
         <v>8</v>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
@@ -5961,1169 +5955,1169 @@
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="D2" s="1">
         <v>25</v>
       </c>
       <c r="E2" s="1">
         <v>21</v>
       </c>
       <c r="F2" s="1">
         <v>4</v>
       </c>
       <c r="G2" s="1">
         <v>0</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D3" s="1">
         <v>22</v>
       </c>
       <c r="E3" s="1">
         <v>18</v>
       </c>
       <c r="F3" s="1">
         <v>4</v>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="D4" s="1">
         <v>24</v>
       </c>
       <c r="E4" s="1">
         <v>19</v>
       </c>
       <c r="F4" s="1">
         <v>5</v>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="D5" s="1">
         <v>25</v>
       </c>
       <c r="E5" s="1">
         <v>19</v>
       </c>
       <c r="F5" s="1">
         <v>6</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D6" s="1">
         <v>23</v>
       </c>
       <c r="E6" s="1">
         <v>17</v>
       </c>
       <c r="F6" s="1">
         <v>6</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="D7" s="1">
         <v>25</v>
       </c>
       <c r="E7" s="1">
         <v>18</v>
       </c>
       <c r="F7" s="1">
         <v>7</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="D8" s="1">
         <v>26</v>
       </c>
       <c r="E8" s="1">
         <v>18</v>
       </c>
       <c r="F8" s="1">
         <v>7</v>
       </c>
       <c r="G8" s="1">
         <v>1</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="D9" s="1">
         <v>26</v>
       </c>
       <c r="E9" s="1">
         <v>18</v>
       </c>
       <c r="F9" s="1">
         <v>8</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="D10" s="1">
         <v>17</v>
       </c>
       <c r="E10" s="1">
         <v>11</v>
       </c>
       <c r="F10" s="1">
         <v>5</v>
       </c>
       <c r="G10" s="1">
         <v>1</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D11" s="1">
         <v>22</v>
       </c>
       <c r="E11" s="1">
         <v>15</v>
       </c>
       <c r="F11" s="1">
         <v>7</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="D12" s="1">
         <v>28</v>
       </c>
       <c r="E12" s="1">
         <v>18</v>
       </c>
       <c r="F12" s="1">
         <v>10</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="D13" s="1">
         <v>14</v>
       </c>
       <c r="E13" s="1">
         <v>9</v>
       </c>
       <c r="F13" s="1">
         <v>5</v>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="D14" s="1">
         <v>25</v>
       </c>
       <c r="E14" s="1">
         <v>16</v>
       </c>
       <c r="F14" s="1">
         <v>9</v>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="D15" s="1">
         <v>22</v>
       </c>
       <c r="E15" s="1">
         <v>14</v>
       </c>
       <c r="F15" s="1">
         <v>8</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="D16" s="1">
         <v>23</v>
       </c>
       <c r="E16" s="1">
         <v>14</v>
       </c>
       <c r="F16" s="1">
         <v>9</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D17" s="1">
         <v>23</v>
       </c>
       <c r="E17" s="1">
         <v>13</v>
       </c>
       <c r="F17" s="1">
         <v>10</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="D18" s="1">
         <v>21</v>
       </c>
       <c r="E18" s="1">
         <v>11</v>
       </c>
       <c r="F18" s="1">
         <v>10</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="D19" s="1">
         <v>16</v>
       </c>
       <c r="E19" s="1">
         <v>8</v>
       </c>
       <c r="F19" s="1">
         <v>8</v>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D20" s="1">
         <v>26</v>
       </c>
       <c r="E20" s="1">
         <v>12</v>
       </c>
       <c r="F20" s="1">
         <v>14</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D21" s="1">
         <v>20</v>
       </c>
       <c r="E21" s="1">
         <v>9</v>
       </c>
       <c r="F21" s="1">
         <v>11</v>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="D22" s="1">
         <v>20</v>
       </c>
       <c r="E22" s="1">
         <v>9</v>
       </c>
       <c r="F22" s="1">
         <v>11</v>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="D23" s="1">
         <v>21</v>
       </c>
       <c r="E23" s="1">
         <v>9</v>
       </c>
       <c r="F23" s="1">
         <v>12</v>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="D24" s="1">
         <v>21</v>
       </c>
       <c r="E24" s="1">
         <v>9</v>
       </c>
       <c r="F24" s="1">
         <v>12</v>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D25" s="1">
         <v>24</v>
       </c>
       <c r="E25" s="1">
         <v>10</v>
       </c>
       <c r="F25" s="1">
         <v>14</v>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="D26" s="1">
         <v>22</v>
       </c>
       <c r="E26" s="1">
         <v>9</v>
       </c>
       <c r="F26" s="1">
         <v>13</v>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="D27" s="1">
         <v>24</v>
       </c>
       <c r="E27" s="1">
         <v>8</v>
       </c>
       <c r="F27" s="1">
         <v>16</v>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="D28" s="1">
         <v>18</v>
       </c>
       <c r="E28" s="1">
         <v>5</v>
       </c>
       <c r="F28" s="1">
         <v>13</v>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="D29" s="1">
         <v>21</v>
       </c>
       <c r="E29" s="1">
         <v>5</v>
       </c>
       <c r="F29" s="1">
         <v>16</v>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="D30" s="1">
         <v>18</v>
       </c>
       <c r="E30" s="1">
         <v>4</v>
       </c>
       <c r="F30" s="1">
         <v>14</v>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="D31" s="1">
         <v>14</v>
       </c>
       <c r="E31" s="1">
         <v>3</v>
       </c>
       <c r="F31" s="1">
         <v>11</v>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="D32" s="1">
         <v>25</v>
       </c>
       <c r="E32" s="1">
         <v>2</v>
       </c>
       <c r="F32" s="1">
         <v>23</v>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="D33" s="1">
         <v>20</v>
       </c>
       <c r="E33" s="1">
         <v>0</v>
       </c>
       <c r="F33" s="1">
         <v>20</v>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>294</v>
       </c>
       <c r="D34" s="1">
         <v>6</v>
       </c>
       <c r="E34" s="1">
         <v>6</v>
       </c>
       <c r="F34" s="1">
         <v>0</v>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="D35" s="1">
         <v>4</v>
       </c>
       <c r="E35" s="1">
         <v>4</v>
       </c>
       <c r="F35" s="1">
         <v>0</v>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="D36" s="1">
         <v>2</v>
       </c>
       <c r="E36" s="1">
         <v>2</v>
       </c>
       <c r="F36" s="1">
         <v>0</v>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D37" s="1">
         <v>2</v>
       </c>
       <c r="E37" s="1">
         <v>2</v>
       </c>
       <c r="F37" s="1">
         <v>0</v>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="D38" s="1">
         <v>1</v>
       </c>
       <c r="E38" s="1">
         <v>1</v>
       </c>
       <c r="F38" s="1">
         <v>0</v>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="D39" s="1">
         <v>10</v>
       </c>
       <c r="E39" s="1">
         <v>9</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="D40" s="1">
         <v>4</v>
       </c>
       <c r="E40" s="1">
         <v>3</v>
       </c>
       <c r="F40" s="1">
         <v>1</v>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="D41" s="1">
         <v>6</v>
       </c>
       <c r="E41" s="1">
         <v>4</v>
       </c>
       <c r="F41" s="1">
         <v>2</v>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="D42" s="1">
         <v>3</v>
       </c>
       <c r="E42" s="1">
         <v>2</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="D43" s="1">
         <v>13</v>
       </c>
       <c r="E43" s="1">
         <v>6</v>
       </c>
       <c r="F43" s="1">
         <v>7</v>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D44" s="1">
         <v>8</v>
       </c>
       <c r="E44" s="1">
         <v>3</v>
       </c>
       <c r="F44" s="1">
         <v>5</v>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D45" s="1">
         <v>8</v>
       </c>
       <c r="E45" s="1">
         <v>3</v>
       </c>
       <c r="F45" s="1">
         <v>5</v>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
@@ -7131,337 +7125,337 @@
       </c>
       <c r="C46" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D46" s="1">
         <v>8</v>
       </c>
       <c r="E46" s="1">
         <v>3</v>
       </c>
       <c r="F46" s="1">
         <v>5</v>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D47" s="1">
         <v>12</v>
       </c>
       <c r="E47" s="1">
         <v>4</v>
       </c>
       <c r="F47" s="1">
         <v>8</v>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D48" s="1">
         <v>6</v>
       </c>
       <c r="E48" s="1">
         <v>2</v>
       </c>
       <c r="F48" s="1">
         <v>4</v>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D49" s="1">
         <v>12</v>
       </c>
       <c r="E49" s="1">
         <v>3</v>
       </c>
       <c r="F49" s="1">
         <v>9</v>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="D50" s="1">
         <v>7</v>
       </c>
       <c r="E50" s="1">
         <v>1</v>
       </c>
       <c r="F50" s="1">
         <v>6</v>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1">
         <v>50</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="D51" s="1">
         <v>8</v>
       </c>
       <c r="E51" s="1">
         <v>1</v>
       </c>
       <c r="F51" s="1">
         <v>7</v>
       </c>
       <c r="G51" s="1">
         <v>0</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1">
         <v>51</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="D52" s="1">
         <v>10</v>
       </c>
       <c r="E52" s="1">
         <v>1</v>
       </c>
       <c r="F52" s="1">
         <v>9</v>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1">
         <v>52</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="D53" s="1">
         <v>2</v>
       </c>
       <c r="E53" s="1">
         <v>0</v>
       </c>
       <c r="F53" s="1">
         <v>2</v>
       </c>
       <c r="G53" s="1">
         <v>0</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1">
         <v>53</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="D54" s="1">
         <v>2</v>
       </c>
       <c r="E54" s="1">
         <v>0</v>
       </c>
       <c r="F54" s="1">
         <v>2</v>
       </c>
       <c r="G54" s="1">
         <v>0</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1">
         <v>54</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="D55" s="1">
         <v>2</v>
       </c>
       <c r="E55" s="1">
         <v>0</v>
       </c>
       <c r="F55" s="1">
         <v>2</v>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1">
         <v>55</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="D56" s="1">
         <v>2</v>
       </c>
       <c r="E56" s="1">
         <v>0</v>
       </c>
       <c r="F56" s="1">
         <v>2</v>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>56</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="D57" s="1">
         <v>4</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>4</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>57</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D58" s="1">
         <v>4</v>
       </c>
       <c r="E58" s="1">
         <v>0</v>
       </c>
       <c r="F58" s="1">
         <v>4</v>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
@@ -7508,834 +7502,834 @@
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="D2" s="1">
         <v>19</v>
       </c>
       <c r="E2" s="1">
         <v>16</v>
       </c>
       <c r="F2" s="1">
         <v>3</v>
       </c>
       <c r="G2" s="1">
         <v>0</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="D3" s="1">
         <v>18</v>
       </c>
       <c r="E3" s="1">
         <v>15</v>
       </c>
       <c r="F3" s="1">
         <v>3</v>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="D4" s="1">
         <v>16</v>
       </c>
       <c r="E4" s="1">
         <v>12</v>
       </c>
       <c r="F4" s="1">
         <v>3</v>
       </c>
       <c r="G4" s="1">
         <v>1</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="D5" s="1">
         <v>14</v>
       </c>
       <c r="E5" s="1">
         <v>11</v>
       </c>
       <c r="F5" s="1">
         <v>3</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="D6" s="1">
         <v>16</v>
       </c>
       <c r="E6" s="1">
         <v>12</v>
       </c>
       <c r="F6" s="1">
         <v>4</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="D7" s="1">
         <v>18</v>
       </c>
       <c r="E7" s="1">
         <v>13</v>
       </c>
       <c r="F7" s="1">
         <v>5</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="D8" s="1">
         <v>17</v>
       </c>
       <c r="E8" s="1">
         <v>12</v>
       </c>
       <c r="F8" s="1">
         <v>5</v>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="D9" s="1">
         <v>18</v>
       </c>
       <c r="E9" s="1">
         <v>12</v>
       </c>
       <c r="F9" s="1">
         <v>6</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="D10" s="1">
         <v>18</v>
       </c>
       <c r="E10" s="1">
         <v>11</v>
       </c>
       <c r="F10" s="1">
         <v>6</v>
       </c>
       <c r="G10" s="1">
         <v>1</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="D11" s="1">
         <v>15</v>
       </c>
       <c r="E11" s="1">
         <v>8</v>
       </c>
       <c r="F11" s="1">
         <v>7</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="D12" s="1">
         <v>17</v>
       </c>
       <c r="E12" s="1">
         <v>9</v>
       </c>
       <c r="F12" s="1">
         <v>8</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="D13" s="1">
         <v>16</v>
       </c>
       <c r="E13" s="1">
         <v>7</v>
       </c>
       <c r="F13" s="1">
         <v>9</v>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="D14" s="1">
         <v>14</v>
       </c>
       <c r="E14" s="1">
         <v>5</v>
       </c>
       <c r="F14" s="1">
         <v>8</v>
       </c>
       <c r="G14" s="1">
         <v>1</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="D15" s="1">
         <v>16</v>
       </c>
       <c r="E15" s="1">
         <v>6</v>
       </c>
       <c r="F15" s="1">
         <v>10</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="D16" s="1">
         <v>15</v>
       </c>
       <c r="E16" s="1">
         <v>5</v>
       </c>
       <c r="F16" s="1">
         <v>10</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="D17" s="1">
         <v>23</v>
       </c>
       <c r="E17" s="1">
         <v>7</v>
       </c>
       <c r="F17" s="1">
         <v>16</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="D18" s="1">
         <v>14</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>10</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="D19" s="1">
         <v>18</v>
       </c>
       <c r="E19" s="1">
         <v>4</v>
       </c>
       <c r="F19" s="1">
         <v>14</v>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="D20" s="1">
         <v>20</v>
       </c>
       <c r="E20" s="1">
         <v>4</v>
       </c>
       <c r="F20" s="1">
         <v>16</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="D21" s="1">
         <v>21</v>
       </c>
       <c r="E21" s="1">
         <v>4</v>
       </c>
       <c r="F21" s="1">
         <v>17</v>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="D22" s="1">
         <v>16</v>
       </c>
       <c r="E22" s="1">
         <v>1</v>
       </c>
       <c r="F22" s="1">
         <v>15</v>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="D23" s="1">
         <v>1</v>
       </c>
       <c r="E23" s="1">
         <v>1</v>
       </c>
       <c r="F23" s="1">
         <v>0</v>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="D24" s="1">
         <v>4</v>
       </c>
       <c r="E24" s="1">
         <v>3</v>
       </c>
       <c r="F24" s="1">
         <v>1</v>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="D25" s="1">
         <v>11</v>
       </c>
       <c r="E25" s="1">
         <v>7</v>
       </c>
       <c r="F25" s="1">
         <v>3</v>
       </c>
       <c r="G25" s="1">
         <v>1</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="D26" s="1">
         <v>2</v>
       </c>
       <c r="E26" s="1">
         <v>1</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="D27" s="1">
         <v>12</v>
       </c>
       <c r="E27" s="1">
         <v>5</v>
       </c>
       <c r="F27" s="1">
         <v>7</v>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="D28" s="1">
         <v>12</v>
       </c>
       <c r="E28" s="1">
         <v>4</v>
       </c>
       <c r="F28" s="1">
         <v>8</v>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="D29" s="1">
         <v>6</v>
       </c>
       <c r="E29" s="1">
         <v>2</v>
       </c>
       <c r="F29" s="1">
         <v>4</v>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D30" s="1">
         <v>11</v>
       </c>
       <c r="E30" s="1">
         <v>2</v>
       </c>
       <c r="F30" s="1">
         <v>9</v>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="D31" s="1">
         <v>6</v>
       </c>
       <c r="E31" s="1">
         <v>1</v>
       </c>
       <c r="F31" s="1">
         <v>5</v>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="D32" s="1">
         <v>6</v>
       </c>
       <c r="E32" s="1">
         <v>0</v>
       </c>
       <c r="F32" s="1">
         <v>6</v>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
@@ -12503,51 +12497,51 @@
       <c r="H53" s="1" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H43"/>
+  <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="true" style="1"/>
     <col min="2" max="2" width="30" customWidth="true" style="2"/>
     <col min="3" max="3" width="30" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="1"/>
     <col min="5" max="5" width="10" customWidth="true" style="1"/>
     <col min="6" max="6" width="10" customWidth="true" style="1"/>
     <col min="7" max="7" width="10" customWidth="true" style="1"/>
     <col min="8" max="8" width="10" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
@@ -12662,1024 +12656,998 @@
       </c>
       <c r="E5" s="1">
         <v>18</v>
       </c>
       <c r="F5" s="1">
         <v>6</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D6" s="1">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E6" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F6" s="1">
         <v>7</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D7" s="1">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E7" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F7" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>373</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>375</v>
+        <v>364</v>
       </c>
       <c r="D8" s="1">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E8" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F8" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="D9" s="1">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E9" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F9" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D10" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E10" s="1">
         <v>17</v>
       </c>
       <c r="F10" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>34</v>
+        <v>377</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="D11" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E11" s="1">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F11" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>366</v>
+        <v>9</v>
       </c>
       <c r="D12" s="1">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="E12" s="1">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="F12" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>9</v>
+        <v>366</v>
       </c>
       <c r="D13" s="1">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="E13" s="1">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="F13" s="1">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>383</v>
+        <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="C14" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="C14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="1">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E14" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F14" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D15" s="1">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E15" s="1">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="F15" s="1">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="C16" s="2" t="s">
         <v>387</v>
       </c>
-      <c r="C16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E16" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F16" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>44</v>
+        <v>352</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>389</v>
+        <v>373</v>
       </c>
       <c r="D17" s="1">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E17" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F17" s="1">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>352</v>
+        <v>93</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="C18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="1">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E18" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F18" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>93</v>
+        <v>391</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>392</v>
+        <v>9</v>
       </c>
       <c r="D19" s="1">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E19" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F19" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>394</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>9</v>
+        <v>384</v>
       </c>
       <c r="D20" s="1">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E20" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F20" s="1">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>395</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="D21" s="1">
+        <v>26</v>
+      </c>
+      <c r="E21" s="1">
+        <v>11</v>
+      </c>
+      <c r="F21" s="1">
+        <v>15</v>
+      </c>
+      <c r="G21" s="1">
+        <v>0</v>
+      </c>
+      <c r="H21" s="1" t="s">
         <v>396</v>
-      </c>
-[...16 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>397</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>392</v>
+        <v>373</v>
       </c>
       <c r="D22" s="1">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E22" s="1">
         <v>11</v>
       </c>
       <c r="F22" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>399</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="D23" s="1">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E23" s="1">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F23" s="1">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>401</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="D24" s="1">
         <v>22</v>
       </c>
       <c r="E24" s="1">
         <v>8</v>
       </c>
       <c r="F24" s="1">
         <v>14</v>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="D25" s="1">
         <v>22</v>
       </c>
       <c r="E25" s="1">
         <v>8</v>
       </c>
       <c r="F25" s="1">
         <v>14</v>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="D26" s="1">
+        <v>26</v>
+      </c>
+      <c r="E26" s="1">
+        <v>9</v>
+      </c>
+      <c r="F26" s="1">
+        <v>17</v>
+      </c>
+      <c r="G26" s="1">
+        <v>0</v>
+      </c>
+      <c r="H26" s="1" t="s">
         <v>404</v>
-      </c>
-[...16 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>392</v>
+        <v>9</v>
       </c>
       <c r="D27" s="1">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E27" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F27" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>406</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>9</v>
+        <v>366</v>
       </c>
       <c r="D28" s="1">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E28" s="1">
         <v>8</v>
       </c>
       <c r="F28" s="1">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>60</v>
+        <v>359</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>366</v>
+        <v>384</v>
       </c>
       <c r="D29" s="1">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E29" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F29" s="1">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>359</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="D30" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E30" s="1">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F30" s="1">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>65</v>
+        <v>266</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="D31" s="1">
+        <v>28</v>
+      </c>
+      <c r="E31" s="1">
+        <v>5</v>
+      </c>
+      <c r="F31" s="1">
+        <v>23</v>
+      </c>
+      <c r="G31" s="1">
+        <v>0</v>
+      </c>
+      <c r="H31" s="1" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>411</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>389</v>
+        <v>364</v>
       </c>
       <c r="D32" s="1">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="E32" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F32" s="1">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>412</v>
+        <v>74</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>364</v>
       </c>
       <c r="D33" s="1">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="E33" s="1">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F33" s="1">
         <v>0</v>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>414</v>
+        <v>23</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>364</v>
+        <v>9</v>
       </c>
       <c r="D34" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E34" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F34" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>74</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>23</v>
+        <v>413</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>9</v>
+        <v>364</v>
       </c>
       <c r="D35" s="1">
+        <v>13</v>
+      </c>
+      <c r="E35" s="1">
         <v>8</v>
       </c>
-      <c r="E35" s="1">
+      <c r="F35" s="1">
         <v>5</v>
       </c>
-      <c r="F35" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>40</v>
+        <v>303</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>364</v>
       </c>
       <c r="D36" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E36" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F36" s="1">
         <v>5</v>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>303</v>
+        <v>379</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>364</v>
+        <v>387</v>
       </c>
       <c r="D37" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E37" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F37" s="1">
         <v>5</v>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>381</v>
+        <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>389</v>
+        <v>370</v>
       </c>
       <c r="D38" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E38" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F38" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="D39" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="E39" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F39" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>44</v>
+        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="D40" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E40" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F40" s="1">
         <v>7</v>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>147</v>
+        <v>258</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>420</v>
+        <v>8</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>375</v>
+        <v>9</v>
       </c>
       <c r="D41" s="1">
         <v>10</v>
       </c>
       <c r="E41" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F41" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="D42" s="1">
         <v>8</v>
       </c>
-      <c r="C42" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E42" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F42" s="1">
         <v>8</v>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>266</v>
-[...24 lines deleted...]
-      <c r="H43" s="1" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H59"/>
@@ -13709,1536 +13677,1536 @@
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D2" s="1">
         <v>29</v>
       </c>
       <c r="E2" s="1">
         <v>25</v>
       </c>
       <c r="F2" s="1">
         <v>4</v>
       </c>
       <c r="G2" s="1">
         <v>0</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D3" s="1">
         <v>34</v>
       </c>
       <c r="E3" s="1">
         <v>29</v>
       </c>
       <c r="F3" s="1">
         <v>5</v>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D4" s="1">
         <v>30</v>
       </c>
       <c r="E4" s="1">
         <v>24</v>
       </c>
       <c r="F4" s="1">
         <v>6</v>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D5" s="1">
         <v>34</v>
       </c>
       <c r="E5" s="1">
         <v>27</v>
       </c>
       <c r="F5" s="1">
         <v>7</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D6" s="1">
         <v>29</v>
       </c>
       <c r="E6" s="1">
         <v>22</v>
       </c>
       <c r="F6" s="1">
         <v>7</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="D7" s="1">
         <v>36</v>
       </c>
       <c r="E7" s="1">
         <v>27</v>
       </c>
       <c r="F7" s="1">
         <v>9</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D8" s="1">
         <v>28</v>
       </c>
       <c r="E8" s="1">
         <v>21</v>
       </c>
       <c r="F8" s="1">
         <v>7</v>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D9" s="1">
         <v>29</v>
       </c>
       <c r="E9" s="1">
         <v>21</v>
       </c>
       <c r="F9" s="1">
         <v>8</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D10" s="1">
         <v>20</v>
       </c>
       <c r="E10" s="1">
         <v>14</v>
       </c>
       <c r="F10" s="1">
         <v>6</v>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D11" s="1">
         <v>20</v>
       </c>
       <c r="E11" s="1">
         <v>14</v>
       </c>
       <c r="F11" s="1">
         <v>6</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D12" s="1">
         <v>33</v>
       </c>
       <c r="E12" s="1">
         <v>23</v>
       </c>
       <c r="F12" s="1">
         <v>10</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D13" s="1">
         <v>18</v>
       </c>
       <c r="E13" s="1">
         <v>12</v>
       </c>
       <c r="F13" s="1">
         <v>6</v>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="D14" s="1">
         <v>26</v>
       </c>
       <c r="E14" s="1">
         <v>17</v>
       </c>
       <c r="F14" s="1">
         <v>9</v>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D15" s="1">
         <v>34</v>
       </c>
       <c r="E15" s="1">
         <v>22</v>
       </c>
       <c r="F15" s="1">
         <v>12</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D16" s="1">
         <v>36</v>
       </c>
       <c r="E16" s="1">
         <v>23</v>
       </c>
       <c r="F16" s="1">
         <v>13</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D17" s="1">
         <v>36</v>
       </c>
       <c r="E17" s="1">
         <v>23</v>
       </c>
       <c r="F17" s="1">
         <v>13</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D18" s="1">
         <v>29</v>
       </c>
       <c r="E18" s="1">
         <v>18</v>
       </c>
       <c r="F18" s="1">
         <v>11</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D19" s="1">
         <v>36</v>
       </c>
       <c r="E19" s="1">
         <v>22</v>
       </c>
       <c r="F19" s="1">
         <v>14</v>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D20" s="1">
         <v>20</v>
       </c>
       <c r="E20" s="1">
         <v>12</v>
       </c>
       <c r="F20" s="1">
         <v>8</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="D21" s="1">
         <v>32</v>
       </c>
       <c r="E21" s="1">
         <v>19</v>
       </c>
       <c r="F21" s="1">
         <v>13</v>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="D22" s="1">
         <v>30</v>
       </c>
       <c r="E22" s="1">
         <v>17</v>
       </c>
       <c r="F22" s="1">
         <v>13</v>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D23" s="1">
         <v>34</v>
       </c>
       <c r="E23" s="1">
         <v>19</v>
       </c>
       <c r="F23" s="1">
         <v>15</v>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D24" s="1">
         <v>34</v>
       </c>
       <c r="E24" s="1">
         <v>19</v>
       </c>
       <c r="F24" s="1">
         <v>15</v>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D25" s="1">
         <v>36</v>
       </c>
       <c r="E25" s="1">
         <v>18</v>
       </c>
       <c r="F25" s="1">
         <v>18</v>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D26" s="1">
         <v>34</v>
       </c>
       <c r="E26" s="1">
         <v>17</v>
       </c>
       <c r="F26" s="1">
         <v>17</v>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D27" s="1">
         <v>34</v>
       </c>
       <c r="E27" s="1">
         <v>17</v>
       </c>
       <c r="F27" s="1">
         <v>17</v>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="D28" s="1">
         <v>20</v>
       </c>
       <c r="E28" s="1">
         <v>10</v>
       </c>
       <c r="F28" s="1">
         <v>10</v>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D29" s="1">
         <v>30</v>
       </c>
       <c r="E29" s="1">
         <v>13</v>
       </c>
       <c r="F29" s="1">
         <v>17</v>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D30" s="1">
         <v>36</v>
       </c>
       <c r="E30" s="1">
         <v>15</v>
       </c>
       <c r="F30" s="1">
         <v>21</v>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D31" s="1">
         <v>32</v>
       </c>
       <c r="E31" s="1">
         <v>13</v>
       </c>
       <c r="F31" s="1">
         <v>19</v>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="D32" s="1">
         <v>28</v>
       </c>
       <c r="E32" s="1">
         <v>11</v>
       </c>
       <c r="F32" s="1">
         <v>17</v>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D33" s="1">
         <v>32</v>
       </c>
       <c r="E33" s="1">
         <v>12</v>
       </c>
       <c r="F33" s="1">
         <v>20</v>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D34" s="1">
         <v>19</v>
       </c>
       <c r="E34" s="1">
         <v>6</v>
       </c>
       <c r="F34" s="1">
         <v>13</v>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D35" s="1">
         <v>20</v>
       </c>
       <c r="E35" s="1">
         <v>6</v>
       </c>
       <c r="F35" s="1">
         <v>14</v>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D36" s="1">
         <v>31</v>
       </c>
       <c r="E36" s="1">
         <v>9</v>
       </c>
       <c r="F36" s="1">
         <v>22</v>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D37" s="1">
         <v>19</v>
       </c>
       <c r="E37" s="1">
         <v>5</v>
       </c>
       <c r="F37" s="1">
         <v>14</v>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="D38" s="1">
         <v>22</v>
       </c>
       <c r="E38" s="1">
         <v>5</v>
       </c>
       <c r="F38" s="1">
         <v>17</v>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D39" s="1">
         <v>27</v>
       </c>
       <c r="E39" s="1">
         <v>6</v>
       </c>
       <c r="F39" s="1">
         <v>21</v>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="D40" s="1">
         <v>28</v>
       </c>
       <c r="E40" s="1">
         <v>6</v>
       </c>
       <c r="F40" s="1">
         <v>22</v>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="D41" s="1">
         <v>22</v>
       </c>
       <c r="E41" s="1">
         <v>4</v>
       </c>
       <c r="F41" s="1">
         <v>18</v>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D42" s="1">
         <v>18</v>
       </c>
       <c r="E42" s="1">
         <v>3</v>
       </c>
       <c r="F42" s="1">
         <v>15</v>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D43" s="1">
         <v>30</v>
       </c>
       <c r="E43" s="1">
         <v>3</v>
       </c>
       <c r="F43" s="1">
         <v>27</v>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D44" s="1">
         <v>18</v>
       </c>
       <c r="E44" s="1">
         <v>0</v>
       </c>
       <c r="F44" s="1">
         <v>18</v>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D45" s="1">
         <v>10</v>
       </c>
       <c r="E45" s="1">
         <v>8</v>
       </c>
       <c r="F45" s="1">
         <v>2</v>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D46" s="1">
         <v>6</v>
       </c>
       <c r="E46" s="1">
         <v>4</v>
       </c>
       <c r="F46" s="1">
         <v>2</v>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D47" s="1">
         <v>8</v>
       </c>
       <c r="E47" s="1">
         <v>4</v>
       </c>
       <c r="F47" s="1">
         <v>4</v>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D48" s="1">
         <v>2</v>
       </c>
       <c r="E48" s="1">
         <v>1</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D49" s="1">
         <v>13</v>
       </c>
       <c r="E49" s="1">
         <v>6</v>
       </c>
       <c r="F49" s="1">
         <v>7</v>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D50" s="1">
         <v>12</v>
       </c>
       <c r="E50" s="1">
         <v>5</v>
       </c>
       <c r="F50" s="1">
         <v>7</v>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1">
         <v>50</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D51" s="1">
         <v>15</v>
       </c>
       <c r="E51" s="1">
         <v>6</v>
       </c>
       <c r="F51" s="1">
         <v>9</v>
       </c>
       <c r="G51" s="1">
         <v>0</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1">
         <v>51</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="D52" s="1">
         <v>13</v>
       </c>
       <c r="E52" s="1">
         <v>5</v>
       </c>
       <c r="F52" s="1">
         <v>8</v>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1">
         <v>52</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D53" s="1">
         <v>14</v>
       </c>
       <c r="E53" s="1">
         <v>5</v>
       </c>
       <c r="F53" s="1">
         <v>9</v>
       </c>
       <c r="G53" s="1">
         <v>0</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1">
         <v>53</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D54" s="1">
         <v>6</v>
       </c>
       <c r="E54" s="1">
         <v>2</v>
       </c>
       <c r="F54" s="1">
         <v>4</v>
       </c>
       <c r="G54" s="1">
         <v>0</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1">
         <v>54</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D55" s="1">
         <v>13</v>
       </c>
       <c r="E55" s="1">
         <v>3</v>
       </c>
       <c r="F55" s="1">
         <v>10</v>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1">
         <v>55</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D56" s="1">
         <v>10</v>
       </c>
       <c r="E56" s="1">
         <v>2</v>
       </c>
       <c r="F56" s="1">
         <v>8</v>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>56</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D57" s="1">
         <v>14</v>
       </c>
       <c r="E57" s="1">
         <v>2</v>
       </c>
       <c r="F57" s="1">
         <v>12</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>57</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D58" s="1">
         <v>2</v>
       </c>
       <c r="E58" s="1">
         <v>0</v>
       </c>
       <c r="F58" s="1">
         <v>2</v>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>58</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="D59" s="1">
         <v>5</v>
       </c>
       <c r="E59" s="1">
         <v>0</v>
       </c>
       <c r="F59" s="1">
         <v>5</v>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
@@ -15282,1120 +15250,1120 @@
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="D2" s="1">
         <v>24</v>
       </c>
       <c r="E2" s="1">
         <v>22</v>
       </c>
       <c r="F2" s="1">
         <v>2</v>
       </c>
       <c r="G2" s="1">
         <v>0</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D3" s="1">
         <v>20</v>
       </c>
       <c r="E3" s="1">
         <v>17</v>
       </c>
       <c r="F3" s="1">
         <v>3</v>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D4" s="1">
         <v>22</v>
       </c>
       <c r="E4" s="1">
         <v>16</v>
       </c>
       <c r="F4" s="1">
         <v>6</v>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D5" s="1">
         <v>24</v>
       </c>
       <c r="E5" s="1">
         <v>17</v>
       </c>
       <c r="F5" s="1">
         <v>7</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D6" s="1">
         <v>16</v>
       </c>
       <c r="E6" s="1">
         <v>11</v>
       </c>
       <c r="F6" s="1">
         <v>5</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="D7" s="1">
         <v>18</v>
       </c>
       <c r="E7" s="1">
         <v>11</v>
       </c>
       <c r="F7" s="1">
         <v>7</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="D8" s="1">
         <v>23</v>
       </c>
       <c r="E8" s="1">
         <v>14</v>
       </c>
       <c r="F8" s="1">
         <v>9</v>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D9" s="1">
         <v>16</v>
       </c>
       <c r="E9" s="1">
         <v>9</v>
       </c>
       <c r="F9" s="1">
         <v>7</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="D10" s="1">
         <v>22</v>
       </c>
       <c r="E10" s="1">
         <v>12</v>
       </c>
       <c r="F10" s="1">
         <v>10</v>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="D11" s="1">
         <v>24</v>
       </c>
       <c r="E11" s="1">
         <v>13</v>
       </c>
       <c r="F11" s="1">
         <v>11</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D12" s="1">
         <v>22</v>
       </c>
       <c r="E12" s="1">
         <v>11</v>
       </c>
       <c r="F12" s="1">
         <v>11</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="D13" s="1">
         <v>22</v>
       </c>
       <c r="E13" s="1">
         <v>11</v>
       </c>
       <c r="F13" s="1">
         <v>11</v>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D14" s="1">
         <v>20</v>
       </c>
       <c r="E14" s="1">
         <v>10</v>
       </c>
       <c r="F14" s="1">
         <v>10</v>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D15" s="1">
         <v>18</v>
       </c>
       <c r="E15" s="1">
         <v>9</v>
       </c>
       <c r="F15" s="1">
         <v>9</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="D16" s="1">
         <v>14</v>
       </c>
       <c r="E16" s="1">
         <v>7</v>
       </c>
       <c r="F16" s="1">
         <v>7</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D17" s="1">
         <v>14</v>
       </c>
       <c r="E17" s="1">
         <v>7</v>
       </c>
       <c r="F17" s="1">
         <v>7</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D18" s="1">
         <v>21</v>
       </c>
       <c r="E18" s="1">
         <v>10</v>
       </c>
       <c r="F18" s="1">
         <v>11</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="D19" s="1">
         <v>22</v>
       </c>
       <c r="E19" s="1">
         <v>10</v>
       </c>
       <c r="F19" s="1">
         <v>12</v>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D20" s="1">
         <v>20</v>
       </c>
       <c r="E20" s="1">
         <v>9</v>
       </c>
       <c r="F20" s="1">
         <v>11</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D21" s="1">
         <v>18</v>
       </c>
       <c r="E21" s="1">
         <v>8</v>
       </c>
       <c r="F21" s="1">
         <v>10</v>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="D22" s="1">
         <v>22</v>
       </c>
       <c r="E22" s="1">
         <v>9</v>
       </c>
       <c r="F22" s="1">
         <v>13</v>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D23" s="1">
         <v>14</v>
       </c>
       <c r="E23" s="1">
         <v>5</v>
       </c>
       <c r="F23" s="1">
         <v>9</v>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="D24" s="1">
         <v>16</v>
       </c>
       <c r="E24" s="1">
         <v>5</v>
       </c>
       <c r="F24" s="1">
         <v>10</v>
       </c>
       <c r="G24" s="1">
         <v>1</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="D25" s="1">
         <v>22</v>
       </c>
       <c r="E25" s="1">
         <v>7</v>
       </c>
       <c r="F25" s="1">
         <v>15</v>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D26" s="1">
         <v>22</v>
       </c>
       <c r="E26" s="1">
         <v>7</v>
       </c>
       <c r="F26" s="1">
         <v>15</v>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D27" s="1">
         <v>16</v>
       </c>
       <c r="E27" s="1">
         <v>4</v>
       </c>
       <c r="F27" s="1">
         <v>12</v>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D28" s="1">
         <v>19</v>
       </c>
       <c r="E28" s="1">
         <v>3</v>
       </c>
       <c r="F28" s="1">
         <v>16</v>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="D29" s="1">
         <v>6</v>
       </c>
       <c r="E29" s="1">
         <v>5</v>
       </c>
       <c r="F29" s="1">
         <v>0</v>
       </c>
       <c r="G29" s="1">
         <v>1</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="D30" s="1">
         <v>8</v>
       </c>
       <c r="E30" s="1">
         <v>7</v>
       </c>
       <c r="F30" s="1">
         <v>1</v>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D31" s="1">
         <v>10</v>
       </c>
       <c r="E31" s="1">
         <v>8</v>
       </c>
       <c r="F31" s="1">
         <v>2</v>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="D32" s="1">
         <v>4</v>
       </c>
       <c r="E32" s="1">
         <v>3</v>
       </c>
       <c r="F32" s="1">
         <v>1</v>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="D33" s="1">
         <v>7</v>
       </c>
       <c r="E33" s="1">
         <v>5</v>
       </c>
       <c r="F33" s="1">
         <v>2</v>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D34" s="1">
         <v>2</v>
       </c>
       <c r="E34" s="1">
         <v>1</v>
       </c>
       <c r="F34" s="1">
         <v>1</v>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D35" s="1">
         <v>10</v>
       </c>
       <c r="E35" s="1">
         <v>4</v>
       </c>
       <c r="F35" s="1">
         <v>6</v>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="D36" s="1">
         <v>8</v>
       </c>
       <c r="E36" s="1">
         <v>3</v>
       </c>
       <c r="F36" s="1">
         <v>5</v>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D37" s="1">
         <v>6</v>
       </c>
       <c r="E37" s="1">
         <v>2</v>
       </c>
       <c r="F37" s="1">
         <v>4</v>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D38" s="1">
         <v>10</v>
       </c>
       <c r="E38" s="1">
         <v>3</v>
       </c>
       <c r="F38" s="1">
         <v>7</v>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="D39" s="1">
         <v>12</v>
       </c>
       <c r="E39" s="1">
         <v>3</v>
       </c>
       <c r="F39" s="1">
         <v>9</v>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D40" s="1">
         <v>8</v>
       </c>
       <c r="E40" s="1">
         <v>1</v>
       </c>
       <c r="F40" s="1">
         <v>7</v>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D41" s="1">
         <v>8</v>
       </c>
       <c r="E41" s="1">
         <v>1</v>
       </c>
       <c r="F41" s="1">
         <v>7</v>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D42" s="1">
         <v>10</v>
       </c>
       <c r="E42" s="1">
         <v>1</v>
       </c>
       <c r="F42" s="1">
         <v>9</v>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D43" s="1">
         <v>2</v>
       </c>
       <c r="E43" s="1">
         <v>0</v>
       </c>
       <c r="F43" s="1">
         <v>2</v>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
@@ -16439,1120 +16407,1120 @@
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="D2" s="1">
         <v>28</v>
       </c>
       <c r="E2" s="1">
         <v>25</v>
       </c>
       <c r="F2" s="1">
         <v>3</v>
       </c>
       <c r="G2" s="1">
         <v>0</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D3" s="1">
         <v>24</v>
       </c>
       <c r="E3" s="1">
         <v>20</v>
       </c>
       <c r="F3" s="1">
         <v>4</v>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="D4" s="1">
         <v>28</v>
       </c>
       <c r="E4" s="1">
         <v>23</v>
       </c>
       <c r="F4" s="1">
         <v>5</v>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D5" s="1">
         <v>22</v>
       </c>
       <c r="E5" s="1">
         <v>18</v>
       </c>
       <c r="F5" s="1">
         <v>4</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="D6" s="1">
         <v>28</v>
       </c>
       <c r="E6" s="1">
         <v>21</v>
       </c>
       <c r="F6" s="1">
         <v>7</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="D7" s="1">
         <v>26</v>
       </c>
       <c r="E7" s="1">
         <v>19</v>
       </c>
       <c r="F7" s="1">
         <v>7</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D8" s="1">
         <v>28</v>
       </c>
       <c r="E8" s="1">
         <v>20</v>
       </c>
       <c r="F8" s="1">
         <v>8</v>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D9" s="1">
         <v>21</v>
       </c>
       <c r="E9" s="1">
         <v>15</v>
       </c>
       <c r="F9" s="1">
         <v>6</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D10" s="1">
         <v>24</v>
       </c>
       <c r="E10" s="1">
         <v>17</v>
       </c>
       <c r="F10" s="1">
         <v>7</v>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D11" s="1">
         <v>21</v>
       </c>
       <c r="E11" s="1">
         <v>14</v>
       </c>
       <c r="F11" s="1">
         <v>7</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="D12" s="1">
         <v>28</v>
       </c>
       <c r="E12" s="1">
         <v>18</v>
       </c>
       <c r="F12" s="1">
         <v>10</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D13" s="1">
         <v>28</v>
       </c>
       <c r="E13" s="1">
         <v>17</v>
       </c>
       <c r="F13" s="1">
         <v>10</v>
       </c>
       <c r="G13" s="1">
         <v>1</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D14" s="1">
         <v>26</v>
       </c>
       <c r="E14" s="1">
         <v>16</v>
       </c>
       <c r="F14" s="1">
         <v>10</v>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="D15" s="1">
         <v>19</v>
       </c>
       <c r="E15" s="1">
         <v>10</v>
       </c>
       <c r="F15" s="1">
         <v>9</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D16" s="1">
         <v>26</v>
       </c>
       <c r="E16" s="1">
         <v>13</v>
       </c>
       <c r="F16" s="1">
         <v>13</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D17" s="1">
         <v>17</v>
       </c>
       <c r="E17" s="1">
         <v>8</v>
       </c>
       <c r="F17" s="1">
         <v>9</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="D18" s="1">
         <v>24</v>
       </c>
       <c r="E18" s="1">
         <v>11</v>
       </c>
       <c r="F18" s="1">
         <v>13</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="D19" s="1">
         <v>23</v>
       </c>
       <c r="E19" s="1">
         <v>9</v>
       </c>
       <c r="F19" s="1">
         <v>14</v>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D20" s="1">
         <v>19</v>
       </c>
       <c r="E20" s="1">
         <v>7</v>
       </c>
       <c r="F20" s="1">
         <v>11</v>
       </c>
       <c r="G20" s="1">
         <v>1</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D21" s="1">
         <v>16</v>
       </c>
       <c r="E21" s="1">
         <v>6</v>
       </c>
       <c r="F21" s="1">
         <v>10</v>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D22" s="1">
         <v>14</v>
       </c>
       <c r="E22" s="1">
         <v>5</v>
       </c>
       <c r="F22" s="1">
         <v>9</v>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D23" s="1">
         <v>17</v>
       </c>
       <c r="E23" s="1">
         <v>6</v>
       </c>
       <c r="F23" s="1">
         <v>11</v>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="D24" s="1">
         <v>23</v>
       </c>
       <c r="E24" s="1">
         <v>8</v>
       </c>
       <c r="F24" s="1">
         <v>15</v>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D25" s="1">
         <v>28</v>
       </c>
       <c r="E25" s="1">
         <v>9</v>
       </c>
       <c r="F25" s="1">
         <v>19</v>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="D26" s="1">
         <v>22</v>
       </c>
       <c r="E26" s="1">
         <v>7</v>
       </c>
       <c r="F26" s="1">
         <v>15</v>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="D27" s="1">
         <v>19</v>
       </c>
       <c r="E27" s="1">
         <v>6</v>
       </c>
       <c r="F27" s="1">
         <v>13</v>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="D28" s="1">
         <v>16</v>
       </c>
       <c r="E28" s="1">
         <v>5</v>
       </c>
       <c r="F28" s="1">
         <v>11</v>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D29" s="1">
         <v>20</v>
       </c>
       <c r="E29" s="1">
         <v>5</v>
       </c>
       <c r="F29" s="1">
         <v>14</v>
       </c>
       <c r="G29" s="1">
         <v>1</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D30" s="1">
         <v>20</v>
       </c>
       <c r="E30" s="1">
         <v>5</v>
       </c>
       <c r="F30" s="1">
         <v>14</v>
       </c>
       <c r="G30" s="1">
         <v>1</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D31" s="1">
         <v>23</v>
       </c>
       <c r="E31" s="1">
         <v>6</v>
       </c>
       <c r="F31" s="1">
         <v>17</v>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D32" s="1">
         <v>16</v>
       </c>
       <c r="E32" s="1">
         <v>3</v>
       </c>
       <c r="F32" s="1">
         <v>13</v>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="D33" s="1">
         <v>20</v>
       </c>
       <c r="E33" s="1">
         <v>3</v>
       </c>
       <c r="F33" s="1">
         <v>17</v>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D34" s="1">
         <v>20</v>
       </c>
       <c r="E34" s="1">
         <v>3</v>
       </c>
       <c r="F34" s="1">
         <v>17</v>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="D35" s="1">
         <v>14</v>
       </c>
       <c r="E35" s="1">
         <v>1</v>
       </c>
       <c r="F35" s="1">
         <v>13</v>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>364</v>
       </c>
       <c r="D36" s="1">
         <v>4</v>
       </c>
       <c r="E36" s="1">
         <v>3</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="D37" s="1">
         <v>6</v>
       </c>
       <c r="E37" s="1">
         <v>4</v>
       </c>
       <c r="F37" s="1">
         <v>2</v>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D38" s="1">
         <v>6</v>
       </c>
       <c r="E38" s="1">
         <v>4</v>
       </c>
       <c r="F38" s="1">
         <v>2</v>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D39" s="1">
         <v>11</v>
       </c>
       <c r="E39" s="1">
         <v>6</v>
       </c>
       <c r="F39" s="1">
         <v>5</v>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D40" s="1">
         <v>2</v>
       </c>
       <c r="E40" s="1">
         <v>1</v>
       </c>
       <c r="F40" s="1">
         <v>1</v>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D41" s="1">
         <v>6</v>
       </c>
       <c r="E41" s="1">
         <v>2</v>
       </c>
       <c r="F41" s="1">
         <v>4</v>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D42" s="1">
         <v>10</v>
       </c>
       <c r="E42" s="1">
         <v>3</v>
       </c>
       <c r="F42" s="1">
         <v>7</v>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D43" s="1">
         <v>13</v>
       </c>
       <c r="E43" s="1">
         <v>1</v>
       </c>
       <c r="F43" s="1">
         <v>12</v>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>194</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
@@ -17596,927 +17564,927 @@
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="D2" s="1">
         <v>26</v>
       </c>
       <c r="E2" s="1">
         <v>23</v>
       </c>
       <c r="F2" s="1">
         <v>3</v>
       </c>
       <c r="G2" s="1">
         <v>0</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D3" s="1">
         <v>25</v>
       </c>
       <c r="E3" s="1">
         <v>19</v>
       </c>
       <c r="F3" s="1">
         <v>6</v>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D4" s="1">
         <v>28</v>
       </c>
       <c r="E4" s="1">
         <v>20</v>
       </c>
       <c r="F4" s="1">
         <v>8</v>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D5" s="1">
         <v>24</v>
       </c>
       <c r="E5" s="1">
         <v>17</v>
       </c>
       <c r="F5" s="1">
         <v>7</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="D6" s="1">
         <v>16</v>
       </c>
       <c r="E6" s="1">
         <v>10</v>
       </c>
       <c r="F6" s="1">
         <v>5</v>
       </c>
       <c r="G6" s="1">
         <v>1</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="D7" s="1">
         <v>21</v>
       </c>
       <c r="E7" s="1">
         <v>13</v>
       </c>
       <c r="F7" s="1">
         <v>8</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="D8" s="1">
         <v>18</v>
       </c>
       <c r="E8" s="1">
         <v>11</v>
       </c>
       <c r="F8" s="1">
         <v>7</v>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D9" s="1">
         <v>25</v>
       </c>
       <c r="E9" s="1">
         <v>15</v>
       </c>
       <c r="F9" s="1">
         <v>10</v>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D10" s="1">
         <v>22</v>
       </c>
       <c r="E10" s="1">
         <v>13</v>
       </c>
       <c r="F10" s="1">
         <v>9</v>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="D11" s="1">
         <v>24</v>
       </c>
       <c r="E11" s="1">
         <v>14</v>
       </c>
       <c r="F11" s="1">
         <v>10</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="D12" s="1">
         <v>16</v>
       </c>
       <c r="E12" s="1">
         <v>9</v>
       </c>
       <c r="F12" s="1">
         <v>7</v>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="D13" s="1">
         <v>18</v>
       </c>
       <c r="E13" s="1">
         <v>10</v>
       </c>
       <c r="F13" s="1">
         <v>8</v>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D14" s="1">
         <v>15</v>
       </c>
       <c r="E14" s="1">
         <v>8</v>
       </c>
       <c r="F14" s="1">
         <v>7</v>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D15" s="1">
         <v>19</v>
       </c>
       <c r="E15" s="1">
         <v>10</v>
       </c>
       <c r="F15" s="1">
         <v>9</v>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="D16" s="1">
         <v>26</v>
       </c>
       <c r="E16" s="1">
         <v>13</v>
       </c>
       <c r="F16" s="1">
         <v>13</v>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D17" s="1">
         <v>26</v>
       </c>
       <c r="E17" s="1">
         <v>13</v>
       </c>
       <c r="F17" s="1">
         <v>13</v>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="D18" s="1">
         <v>22</v>
       </c>
       <c r="E18" s="1">
         <v>11</v>
       </c>
       <c r="F18" s="1">
         <v>11</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D19" s="1">
         <v>22</v>
       </c>
       <c r="E19" s="1">
         <v>11</v>
       </c>
       <c r="F19" s="1">
         <v>11</v>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="D20" s="1">
         <v>19</v>
       </c>
       <c r="E20" s="1">
         <v>9</v>
       </c>
       <c r="F20" s="1">
         <v>10</v>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="D21" s="1">
         <v>19</v>
       </c>
       <c r="E21" s="1">
         <v>9</v>
       </c>
       <c r="F21" s="1">
         <v>10</v>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D22" s="1">
         <v>24</v>
       </c>
       <c r="E22" s="1">
         <v>11</v>
       </c>
       <c r="F22" s="1">
         <v>13</v>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D23" s="1">
         <v>24</v>
       </c>
       <c r="E23" s="1">
         <v>11</v>
       </c>
       <c r="F23" s="1">
         <v>13</v>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="1">
         <v>28</v>
       </c>
       <c r="E24" s="1">
         <v>12</v>
       </c>
       <c r="F24" s="1">
         <v>16</v>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D25" s="1">
         <v>28</v>
       </c>
       <c r="E25" s="1">
         <v>12</v>
       </c>
       <c r="F25" s="1">
         <v>16</v>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D26" s="1">
         <v>18</v>
       </c>
       <c r="E26" s="1">
         <v>7</v>
       </c>
       <c r="F26" s="1">
         <v>11</v>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D27" s="1">
         <v>16</v>
       </c>
       <c r="E27" s="1">
         <v>6</v>
       </c>
       <c r="F27" s="1">
         <v>10</v>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="D28" s="1">
         <v>14</v>
       </c>
       <c r="E28" s="1">
         <v>5</v>
       </c>
       <c r="F28" s="1">
         <v>9</v>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D29" s="1">
         <v>18</v>
       </c>
       <c r="E29" s="1">
         <v>6</v>
       </c>
       <c r="F29" s="1">
         <v>12</v>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="1">
         <v>16</v>
       </c>
       <c r="E30" s="1">
         <v>5</v>
       </c>
       <c r="F30" s="1">
         <v>11</v>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="D31" s="1">
         <v>18</v>
       </c>
       <c r="E31" s="1">
         <v>5</v>
       </c>
       <c r="F31" s="1">
         <v>12</v>
       </c>
       <c r="G31" s="1">
         <v>1</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="D32" s="1">
         <v>20</v>
       </c>
       <c r="E32" s="1">
         <v>5</v>
       </c>
       <c r="F32" s="1">
         <v>15</v>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="D33" s="1">
         <v>20</v>
       </c>
       <c r="E33" s="1">
         <v>4</v>
       </c>
       <c r="F33" s="1">
         <v>16</v>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D34" s="1">
         <v>17</v>
       </c>
       <c r="E34" s="1">
         <v>3</v>
       </c>
       <c r="F34" s="1">
         <v>14</v>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D35" s="1">
         <v>17</v>
       </c>
       <c r="E35" s="1">
         <v>2</v>
       </c>
       <c r="F35" s="1">
         <v>15</v>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D36" s="1">
         <v>12</v>
       </c>
       <c r="E36" s="1">
         <v>10</v>
       </c>
       <c r="F36" s="1">
         <v>2</v>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
       <c r="H36" s="1" t="s">
@@ -18532,418 +18500,418 @@
       </c>
       <c r="C37" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D37" s="1">
         <v>6</v>
       </c>
       <c r="E37" s="1">
         <v>5</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="D38" s="1">
         <v>9</v>
       </c>
       <c r="E38" s="1">
         <v>7</v>
       </c>
       <c r="F38" s="1">
         <v>2</v>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D39" s="1">
         <v>4</v>
       </c>
       <c r="E39" s="1">
         <v>3</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D40" s="1">
         <v>8</v>
       </c>
       <c r="E40" s="1">
         <v>5</v>
       </c>
       <c r="F40" s="1">
         <v>3</v>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D41" s="1">
         <v>12</v>
       </c>
       <c r="E41" s="1">
         <v>7</v>
       </c>
       <c r="F41" s="1">
         <v>5</v>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D42" s="1">
         <v>11</v>
       </c>
       <c r="E42" s="1">
         <v>6</v>
       </c>
       <c r="F42" s="1">
         <v>5</v>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D43" s="1">
         <v>4</v>
       </c>
       <c r="E43" s="1">
         <v>2</v>
       </c>
       <c r="F43" s="1">
         <v>2</v>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D44" s="1">
         <v>4</v>
       </c>
       <c r="E44" s="1">
         <v>2</v>
       </c>
       <c r="F44" s="1">
         <v>2</v>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D45" s="1">
         <v>2</v>
       </c>
       <c r="E45" s="1">
         <v>1</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D46" s="1">
         <v>5</v>
       </c>
       <c r="E46" s="1">
         <v>2</v>
       </c>
       <c r="F46" s="1">
         <v>3</v>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D47" s="1">
         <v>8</v>
       </c>
       <c r="E47" s="1">
         <v>3</v>
       </c>
       <c r="F47" s="1">
         <v>5</v>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="D48" s="1">
         <v>9</v>
       </c>
       <c r="E48" s="1">
         <v>2</v>
       </c>
       <c r="F48" s="1">
         <v>7</v>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D49" s="1">
         <v>6</v>
       </c>
       <c r="E49" s="1">
         <v>1</v>
       </c>
       <c r="F49" s="1">
         <v>5</v>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D50" s="1">
         <v>13</v>
       </c>
       <c r="E50" s="1">
         <v>2</v>
       </c>
       <c r="F50" s="1">
         <v>11</v>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1">
         <v>50</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D51" s="1">
         <v>7</v>
       </c>
       <c r="E51" s="1">
         <v>1</v>
       </c>
       <c r="F51" s="1">
         <v>6</v>
       </c>
       <c r="G51" s="1">
         <v>0</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1">
         <v>51</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="D52" s="1">
         <v>1</v>
       </c>
       <c r="E52" s="1">
         <v>0</v>
       </c>
       <c r="F52" s="1">
         <v>1</v>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>